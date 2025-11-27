--- v0 (2025-10-07)
+++ v1 (2025-11-27)
@@ -1,177 +1,161 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6B494A8E" w14:textId="07597D9D" w:rsidR="00E805E5" w:rsidRDefault="00E805E5">
+    <w:p w14:paraId="6B494A8E" w14:textId="41B444D5" w:rsidR="00E805E5" w:rsidRDefault="00E805E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Proposal for a new RILEM Technical Committee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(TAC-N10 REV</w:t>
       </w:r>
       <w:r w:rsidR="005050BF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00850135">
-[...4 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="009F5C14">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003A6107">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00A503F1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00850135">
-[...4 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="009F5C14">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="005050BF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75BE1B40" w14:textId="77777777" w:rsidR="00E805E5" w:rsidRDefault="00E805E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> CC-N5)</w:t>
+        <w:t>(formerly CC-N5)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19285539" w14:textId="77777777" w:rsidR="009A3233" w:rsidRDefault="009A3233">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B5A1FA2" w14:textId="77777777" w:rsidR="005050BF" w:rsidRDefault="005050BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -1812,131 +1796,100 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1720D759" w14:textId="77777777" w:rsidR="00E805E5" w:rsidRPr="008F76FB" w:rsidRDefault="00E805E5" w:rsidP="00C8099C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">academics, testing laboratories, industrialists, practitioners, </w:t>
-[...21 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">academics, testing laboratories, industrialists, practitioners, general public, </w:t>
+      </w:r>
       <w:r w:rsidR="002A6809" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Ph.D</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> students</w:t>
+        <w:t>Ph.D students</w:t>
       </w:r>
       <w:r w:rsidR="008705CA" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003E724C" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> others</w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61F224CE" w14:textId="77777777" w:rsidR="00E805E5" w:rsidRPr="008F76FB" w:rsidRDefault="00E805E5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D25C4E5" w14:textId="46D1A748" w:rsidR="006C413F" w:rsidRPr="008F76FB" w:rsidRDefault="00E805E5">
+    <w:p w14:paraId="24B5DB1D" w14:textId="7D34CB9B" w:rsidR="009F5C14" w:rsidRDefault="00E805E5" w:rsidP="009F5C14">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
@@ -2012,359 +1965,457 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> where applicable</w:t>
       </w:r>
       <w:r w:rsidR="006C413F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03914668" w14:textId="77777777" w:rsidR="00E805E5" w:rsidRPr="008F76FB" w:rsidRDefault="00E805E5">
+    <w:p w14:paraId="12B4054F" w14:textId="77777777" w:rsidR="00927E0C" w:rsidRDefault="00927E0C" w:rsidP="009F5C14">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7746ABA4" w14:textId="77777777" w:rsidR="00E805E5" w:rsidRPr="008F76FB" w:rsidRDefault="00E805E5">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008F76FB">
+    <w:p w14:paraId="620F114A" w14:textId="77777777" w:rsidR="003D3694" w:rsidRDefault="00927E0C">
+      <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008F76FB">
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927E0C">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Describe approaches and strategies of your leadership of large communities. Please describe foreseeable challenges and your approach to solving them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29E11A7B" w14:textId="07FA4019" w:rsidR="003D3694" w:rsidRPr="003D3694" w:rsidRDefault="003D3694">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D3694">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Examples of your past experiences,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D3694">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">communication with large communities, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">how you will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D3694">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ensure meaningful participation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E5D428C" w14:textId="77777777" w:rsidR="003D3694" w:rsidRDefault="003D3694">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7746ABA4" w14:textId="771727C2" w:rsidR="00E805E5" w:rsidRPr="008F76FB" w:rsidRDefault="009F5C14">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00E805E5" w:rsidRPr="008F76FB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Suggested members of committee </w:t>
+      </w:r>
+      <w:r w:rsidR="00E805E5" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(See also </w:t>
       </w:r>
       <w:r w:rsidR="00E81286" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">item </w:t>
       </w:r>
-      <w:r w:rsidRPr="008F76FB">
+      <w:r w:rsidR="00E805E5" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">3, and </w:t>
       </w:r>
       <w:r w:rsidR="00E81286" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>attach</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F76FB">
+      <w:r w:rsidR="00E805E5" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> a list with </w:t>
       </w:r>
       <w:r w:rsidR="00E81286" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>names and affiliations</w:t>
+        <w:t>names</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E81286" w:rsidRPr="008F76FB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> affiliations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and email addresses</w:t>
       </w:r>
       <w:r w:rsidR="007F084F" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of members who </w:t>
       </w:r>
       <w:r w:rsidR="006815F8" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">FORMERLY </w:t>
       </w:r>
       <w:r w:rsidR="007F084F" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00524446" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>greed</w:t>
       </w:r>
       <w:r w:rsidR="007F084F" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to participate in the </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> to participate in the TC,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25CC8" w:rsidRPr="008F76FB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>after circulation of the draft proposal -</w:t>
+      </w:r>
       <w:r w:rsidR="007F084F" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>TC,</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> in case the proposal is accepted</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F76FB">
+      <w:r w:rsidR="00E805E5" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D33A4B1" w14:textId="77777777" w:rsidR="00404ED6" w:rsidRPr="008F76FB" w:rsidRDefault="00404ED6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71420CB7" w14:textId="77777777" w:rsidR="00DA377E" w:rsidRPr="008F76FB" w:rsidRDefault="00DA377E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DEEB069" w14:textId="5D62F078" w:rsidR="00E805E5" w:rsidRPr="008F76FB" w:rsidRDefault="00E805E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">I, as </w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">RILEM </w:t>
       </w:r>
       <w:r w:rsidR="00BD1CAF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Individual</w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Member</w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and as the Chair of the proposed TC, will support the general policy of RILEM, as defined by the General Council for implementation by the Bureau, Standing Committees and Secretariat General. I accept to implement, </w:t>
       </w:r>
       <w:r w:rsidR="009772FC" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">statutory and operational rules of RILEM Technical Committees detailed in the attached annexes, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> ensure </w:t>
+        <w:t xml:space="preserve">statutory and operational rules of RILEM Technical Committees detailed in the attached annexes, in order to ensure </w:t>
       </w:r>
       <w:r w:rsidR="009772FC" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the highest</w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> level of work and appropriate dissemination of the results of RILEM TCs. I have noted that </w:t>
       </w:r>
       <w:r w:rsidR="009772FC" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">all TC members should be members of </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and that </w:t>
+        <w:t xml:space="preserve">all TC members should be members of RILEM and that </w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>TC duration is limited to 5 years</w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
@@ -2402,126 +2453,112 @@
       </w:pPr>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Name: _____________________</w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> Date:  _________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08204B39" w14:textId="77777777" w:rsidR="00692BDF" w:rsidRPr="008F76FB" w:rsidRDefault="00692BDF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59F26CB3" w14:textId="2AA002AD" w:rsidR="00692BDF" w:rsidRPr="008F76FB" w:rsidRDefault="00E805E5">
+    <w:p w14:paraId="59F26CB3" w14:textId="1AE10095" w:rsidR="00692BDF" w:rsidRPr="008F76FB" w:rsidRDefault="00E805E5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Signature (</w:t>
       </w:r>
       <w:r w:rsidR="00C91F29" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidR="00C1375A" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">proposed Chair, who should be a RILEM </w:t>
       </w:r>
       <w:r w:rsidR="00BD1CAF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Individual</w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Member</w:t>
       </w:r>
+      <w:r w:rsidR="00844436">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or a Staff Member</w:t>
+      </w:r>
       <w:r w:rsidR="005A6E21" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> during the life of the TC</w:t>
-      </w:r>
-[...19 lines deleted...]
-        <w:t>Staff member should become a Senior or a Young member)</w:t>
       </w:r>
       <w:r w:rsidR="003E724C" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> only one chair, no co-chair allowed</w:t>
       </w:r>
       <w:r w:rsidR="00F56CBE" w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, except in the case of a joint committee with another association</w:t>
       </w:r>
       <w:r w:rsidRPr="008F76FB">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -2865,70 +2902,70 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00850135" w:rsidRPr="00850135" w:rsidSect="004A25BE">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="454" w:footer="397" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37C05671" w14:textId="77777777" w:rsidR="00F829A0" w:rsidRDefault="00F829A0">
+    <w:p w14:paraId="55628BBD" w14:textId="77777777" w:rsidR="009A1A50" w:rsidRDefault="009A1A50">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="502C6AC2" w14:textId="77777777" w:rsidR="00F829A0" w:rsidRDefault="00F829A0">
+    <w:p w14:paraId="16A95305" w14:textId="77777777" w:rsidR="009A1A50" w:rsidRDefault="009A1A50">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2947,86 +2984,86 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22B6C73B" w14:textId="77777777" w:rsidR="00F829A0" w:rsidRDefault="00F829A0">
+    <w:p w14:paraId="2A3527A8" w14:textId="77777777" w:rsidR="009A1A50" w:rsidRDefault="009A1A50">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5119EFBD" w14:textId="77777777" w:rsidR="00F829A0" w:rsidRDefault="00F829A0">
+    <w:p w14:paraId="1757CA76" w14:textId="77777777" w:rsidR="009A1A50" w:rsidRDefault="009A1A50">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2AB3C2C4" w14:textId="77777777" w:rsidR="00E805E5" w:rsidRDefault="00E805E5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05456210"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="040C0001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -4920,241 +4957,252 @@
   <w:num w:numId="25" w16cid:durableId="146213781">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="28721863">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1143353118">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1580557250">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="811211709">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1675184884">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="258028153">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD1869"/>
     <w:rsid w:val="00001006"/>
     <w:rsid w:val="0000545E"/>
     <w:rsid w:val="00005C79"/>
     <w:rsid w:val="00041122"/>
     <w:rsid w:val="000870AA"/>
     <w:rsid w:val="00092138"/>
     <w:rsid w:val="000B6027"/>
     <w:rsid w:val="00122E5C"/>
     <w:rsid w:val="001530AC"/>
     <w:rsid w:val="00164D2C"/>
     <w:rsid w:val="001731E9"/>
     <w:rsid w:val="002702CC"/>
     <w:rsid w:val="002A6809"/>
     <w:rsid w:val="002D7196"/>
     <w:rsid w:val="0030094E"/>
     <w:rsid w:val="003073FE"/>
     <w:rsid w:val="00334A0A"/>
     <w:rsid w:val="00345274"/>
+    <w:rsid w:val="003505AD"/>
     <w:rsid w:val="00354B81"/>
     <w:rsid w:val="003650D6"/>
     <w:rsid w:val="00383E00"/>
     <w:rsid w:val="003A239E"/>
     <w:rsid w:val="003A6107"/>
     <w:rsid w:val="003D2C3F"/>
+    <w:rsid w:val="003D3694"/>
     <w:rsid w:val="003D4C7C"/>
     <w:rsid w:val="003E05F8"/>
     <w:rsid w:val="003E724C"/>
     <w:rsid w:val="00404ED6"/>
     <w:rsid w:val="0043112E"/>
     <w:rsid w:val="004448DB"/>
     <w:rsid w:val="00482E48"/>
+    <w:rsid w:val="00496D8B"/>
     <w:rsid w:val="004A25BE"/>
+    <w:rsid w:val="004A27B1"/>
     <w:rsid w:val="004A4BC9"/>
     <w:rsid w:val="004C0A5F"/>
     <w:rsid w:val="004C171C"/>
     <w:rsid w:val="004D0A17"/>
     <w:rsid w:val="004E4213"/>
     <w:rsid w:val="005050BF"/>
     <w:rsid w:val="005200BC"/>
     <w:rsid w:val="00524446"/>
     <w:rsid w:val="00560AFA"/>
     <w:rsid w:val="005A6E21"/>
     <w:rsid w:val="005E2F74"/>
     <w:rsid w:val="005F416E"/>
     <w:rsid w:val="006170CF"/>
     <w:rsid w:val="00621BFB"/>
     <w:rsid w:val="00625D70"/>
     <w:rsid w:val="00645AB2"/>
     <w:rsid w:val="00665AE6"/>
     <w:rsid w:val="006815F8"/>
     <w:rsid w:val="00682B24"/>
     <w:rsid w:val="00692BDF"/>
     <w:rsid w:val="0069307A"/>
+    <w:rsid w:val="00695692"/>
     <w:rsid w:val="006A2031"/>
     <w:rsid w:val="006C413F"/>
     <w:rsid w:val="006C4F7D"/>
     <w:rsid w:val="006D42F2"/>
+    <w:rsid w:val="007379A5"/>
     <w:rsid w:val="007B1C36"/>
     <w:rsid w:val="007F084F"/>
     <w:rsid w:val="008006C6"/>
     <w:rsid w:val="00804DD1"/>
     <w:rsid w:val="00813BE1"/>
+    <w:rsid w:val="00844436"/>
     <w:rsid w:val="00850135"/>
     <w:rsid w:val="008705CA"/>
     <w:rsid w:val="00884954"/>
     <w:rsid w:val="00887F1B"/>
     <w:rsid w:val="0089479E"/>
     <w:rsid w:val="008E2668"/>
     <w:rsid w:val="008E4429"/>
     <w:rsid w:val="008F76FB"/>
     <w:rsid w:val="009046C5"/>
     <w:rsid w:val="00913254"/>
+    <w:rsid w:val="00927E0C"/>
     <w:rsid w:val="0093631B"/>
     <w:rsid w:val="0095165D"/>
     <w:rsid w:val="0095555F"/>
     <w:rsid w:val="00960A0D"/>
     <w:rsid w:val="009772FC"/>
     <w:rsid w:val="00980177"/>
     <w:rsid w:val="00992BF3"/>
     <w:rsid w:val="00996415"/>
+    <w:rsid w:val="009A1A50"/>
     <w:rsid w:val="009A3233"/>
     <w:rsid w:val="009E515B"/>
+    <w:rsid w:val="009F5C14"/>
     <w:rsid w:val="009F62A1"/>
     <w:rsid w:val="00A503F1"/>
     <w:rsid w:val="00A544B2"/>
     <w:rsid w:val="00A755C4"/>
     <w:rsid w:val="00AD0C4E"/>
     <w:rsid w:val="00AD2CD6"/>
     <w:rsid w:val="00AF7C66"/>
+    <w:rsid w:val="00B267F5"/>
     <w:rsid w:val="00B512D1"/>
     <w:rsid w:val="00B7070F"/>
     <w:rsid w:val="00B8154E"/>
     <w:rsid w:val="00B8228F"/>
     <w:rsid w:val="00B93C82"/>
     <w:rsid w:val="00BC67BD"/>
     <w:rsid w:val="00BD1CAF"/>
     <w:rsid w:val="00C1375A"/>
     <w:rsid w:val="00C579E6"/>
     <w:rsid w:val="00C67DE5"/>
     <w:rsid w:val="00C739C4"/>
     <w:rsid w:val="00C8099C"/>
     <w:rsid w:val="00C91F29"/>
     <w:rsid w:val="00CC1F7D"/>
+    <w:rsid w:val="00CD73E2"/>
     <w:rsid w:val="00D41C22"/>
     <w:rsid w:val="00D472C1"/>
     <w:rsid w:val="00D70EED"/>
     <w:rsid w:val="00D9140A"/>
     <w:rsid w:val="00D964B7"/>
     <w:rsid w:val="00DA377E"/>
     <w:rsid w:val="00DB2DEA"/>
     <w:rsid w:val="00DC702F"/>
     <w:rsid w:val="00DD1869"/>
     <w:rsid w:val="00DD21F1"/>
     <w:rsid w:val="00E16271"/>
     <w:rsid w:val="00E25CC8"/>
     <w:rsid w:val="00E3710C"/>
     <w:rsid w:val="00E663DB"/>
     <w:rsid w:val="00E75754"/>
     <w:rsid w:val="00E805E5"/>
     <w:rsid w:val="00E81286"/>
     <w:rsid w:val="00EC128F"/>
     <w:rsid w:val="00F40102"/>
     <w:rsid w:val="00F45AE4"/>
     <w:rsid w:val="00F56CBE"/>
+    <w:rsid w:val="00F80311"/>
     <w:rsid w:val="00F829A0"/>
     <w:rsid w:val="00F8666E"/>
     <w:rsid w:val="00FB1CF6"/>
     <w:rsid w:val="00FD7DCA"/>
     <w:rsid w:val="00FE2C68"/>
     <w:rsid w:val="00FE60C1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6691A55B"/>
+  <w15:docId w15:val="{01B06923-78FC-49BC-9B3D-ED6DA747D18D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="da-DK" w:eastAsia="da-DK" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5785,55 +5833,67 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00354B81"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0030094E"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009F5C14"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -6088,72 +6148,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>638</Words>
-  <Characters>3791</Characters>
+  <Words>698</Words>
+  <Characters>3983</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4421</CharactersWithSpaces>
+  <CharactersWithSpaces>4672</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>